--- v0 (2025-10-06)
+++ v1 (2026-01-05)
@@ -42,214 +42,190 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003145CE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="003145CE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Tahoma" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>rbeitsgemeinschaft zur Anerkennung von Fort- und Weiterbildungen für TFA (AG TFA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="446C11EA" w14:textId="15D5D65F" w:rsidR="00A830A5" w:rsidRPr="005D039B" w:rsidRDefault="00056C81" w:rsidP="00A830A5">
+    <w:p w14:paraId="0DE2B7C6" w14:textId="344B74C6" w:rsidR="00CD603B" w:rsidRPr="009D7896" w:rsidRDefault="00CD603B" w:rsidP="00CD603B">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="852" w:hanging="852"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D039B">
+      <w:r w:rsidRPr="00FE3EC0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>Vorsitz:</w:t>
       </w:r>
-      <w:r w:rsidR="00A830A5" w:rsidRPr="005D039B">
+      <w:r w:rsidRPr="009D7896">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A830A5" w:rsidRPr="005D039B">
+      <w:r w:rsidRPr="009D7896">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A830A5" w:rsidRPr="005D039B">
+      <w:r w:rsidRPr="009D7896">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">, bpt, </w:t>
+        <w:t xml:space="preserve">TÄ Melanie Schwarze, bpt, </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="0098146E" w:rsidRPr="001E1DB4">
+        <w:r w:rsidR="00FA41A7" w:rsidRPr="00FA41A7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
           </w:rPr>
-          <w:t>melanie.schwarze@googlemail.com</w:t>
+          <w:t>agtfa-m.schwarze@tieraerzteverband.de</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0098146E" w:rsidRPr="005D039B">
+      <w:r w:rsidRPr="00FA41A7">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D7896">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> 0174-9993431</w:t>
       </w:r>
-      <w:r w:rsidR="003B6E42" w:rsidRPr="005D039B">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="005D039B">
+      <w:r w:rsidRPr="00FE3EC0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="001E1DB4">
+        <w:r w:rsidRPr="009D7896">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>www.tieraerzteverband.de</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7F544358" w14:textId="215E9D8E" w:rsidR="00056C81" w:rsidRPr="005D039B" w:rsidRDefault="00056C81" w:rsidP="00A830A5">
+    <w:p w14:paraId="4DB0E771" w14:textId="6D83395B" w:rsidR="00CD603B" w:rsidRPr="009D7896" w:rsidRDefault="00CD603B" w:rsidP="00CD603B">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="852" w:hanging="852"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D039B">
+      <w:r w:rsidRPr="00FE3EC0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>Stellvertretung:</w:t>
       </w:r>
-      <w:r w:rsidR="00A830A5" w:rsidRPr="005D039B">
+      <w:r w:rsidRPr="009D7896">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+        <w:t xml:space="preserve">Kathrin Threm, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00331F43" w:rsidRPr="005D039B">
+      <w:r w:rsidR="00432D4A" w:rsidRPr="009D7896">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>VmF</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00331F43" w:rsidRPr="005D039B">
+      <w:r w:rsidR="00432D4A" w:rsidRPr="009D7896">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D039B">
+      <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00FA41A7" w:rsidRPr="00FA41A7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:color w:val="0070C0"/>
+          </w:rPr>
+          <w:t>agtfa-k.threm@tieraerzteverband.de</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00FA41A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kathrin Threm, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="001E1DB4">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00FA41A7" w:rsidRPr="00FA41A7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>www.vmf-online.de</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="19F398C9" w14:textId="77777777" w:rsidR="00A830A5" w:rsidRPr="005D039B" w:rsidRDefault="00A830A5" w:rsidP="005D039B">
       <w:pPr>
         <w:ind w:left="852" w:hanging="852"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73ADC34E" w14:textId="77777777" w:rsidR="00A830A5" w:rsidRPr="005D039B" w:rsidRDefault="00A830A5" w:rsidP="005D039B">
       <w:pPr>
         <w:ind w:left="852" w:hanging="852"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -262,51 +238,51 @@
           <w:b/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single" w:color="0563C1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003145CE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Alle </w:t>
       </w:r>
       <w:r w:rsidR="00056C81" w:rsidRPr="003145CE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Anträge sind zu senden an </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="005D039B" w:rsidRPr="003145CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="40"/>
             <w:szCs w:val="40"/>
           </w:rPr>
           <w:t>ag-tfa@tieraerzteverband.de</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4E2B12A7" w14:textId="77777777" w:rsidR="005D039B" w:rsidRDefault="005D039B" w:rsidP="001F783D">
       <w:pPr>
         <w:ind w:left="852" w:hanging="852"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F93AB1D" w14:textId="77777777" w:rsidR="001F783D" w:rsidRPr="001F783D" w:rsidRDefault="001F783D" w:rsidP="001F783D">
       <w:pPr>
@@ -352,51 +328,51 @@
       <w:r w:rsidR="0013523A" w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> eingereicht werden</w:t>
       </w:r>
       <w:r w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, werden nicht bearbeitet und erhalten </w:t>
       </w:r>
       <w:r w:rsidR="0013523A" w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">auch </w:t>
       </w:r>
       <w:r w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>keine Anerkennung.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="742D4F0D" w14:textId="39455826" w:rsidR="00935277" w:rsidRPr="005D039B" w:rsidRDefault="00F24ABF" w:rsidP="00F24ABF">
+    <w:p w14:paraId="742D4F0D" w14:textId="2197394B" w:rsidR="00935277" w:rsidRPr="005D039B" w:rsidRDefault="00F24ABF" w:rsidP="00F24ABF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Es wird ein </w:t>
       </w:r>
       <w:r w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>Eilzuschlag</w:t>
       </w:r>
       <w:r w:rsidRPr="005D039B">
         <w:rPr>
@@ -410,57 +386,50 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>€ (bzw. 100 € bei mehrtägigen Veranstaltungen) ggf. zuzüglich Mehrwertsteuer erhoben, wenn der Antrag, Verlängerungs</w:t>
       </w:r>
       <w:r w:rsidR="00DD22A4" w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> oder Umwandlungsantrag unter einer Frist von 6 Wochen bis 15 Tage zum Veranstaltungsdatum/ Erstausstrahlungsdatum eingereicht wird. Dieser Eilzuschlag wird vom bearbeitenden Mitglied der AG TFA persönlich in Rechnung gestellt und ist auf dessen Konto zu überweisen.</w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="093E9F56" w14:textId="22E6C269" w:rsidR="00935277" w:rsidRPr="005D039B" w:rsidRDefault="00935277" w:rsidP="00935277">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Bitte beachten Sie die </w:t>
       </w:r>
       <w:r w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>Ausfüllhinweise im Beispielantrag</w:t>
@@ -556,80 +525,90 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00056C81" w:rsidRPr="00C8524F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Titel</w:t>
       </w:r>
       <w:r w:rsidR="00C8524F" w:rsidRPr="00C8524F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C8524F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>füllt AG TFA aus</w:t>
+        <w:t xml:space="preserve">füllt AG TFA </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C8524F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>aus</w:t>
       </w:r>
       <w:r w:rsidR="00056C81" w:rsidRPr="00C8524F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00285B2C" w:rsidRPr="00C8524F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C8524F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00285B2C" w:rsidRPr="00C8524F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00912945" w:rsidRPr="00C8524F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="0D0D0D"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00BF62DE" w:rsidRPr="00C8524F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="0D0D0D"/>
         </w:rPr>
         <w:t>eingegangen</w:t>
       </w:r>
       <w:r w:rsidR="005021E9" w:rsidRPr="00C8524F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="0D0D0D"/>
         </w:rPr>
         <w:t xml:space="preserve"> am</w:t>
       </w:r>
       <w:r w:rsidR="005021E9" w:rsidRPr="00C8524F">
@@ -650,148 +629,154 @@
       <w:r w:rsidR="0013523A" w:rsidRPr="00C8524F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">AG TFA </w:t>
       </w:r>
       <w:r w:rsidR="00912945" w:rsidRPr="00C8524F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>aus</w:t>
       </w:r>
       <w:r w:rsidR="00AA13CE" w:rsidRPr="00C8524F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54FA01E6" w14:textId="1E781D93" w:rsidR="007E4761" w:rsidRPr="005D039B" w:rsidRDefault="007E4761" w:rsidP="006F7967">
+    <w:p w14:paraId="54FA01E6" w14:textId="688FBE44" w:rsidR="007E4761" w:rsidRPr="005D039B" w:rsidRDefault="007E4761" w:rsidP="006F7967">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">gemäß Gehaltstarifvertrag für Tiermedizinische Fachangestellte/TierarzthelferInnen vom </w:t>
       </w:r>
       <w:r w:rsidR="0079003A" w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>01.</w:t>
       </w:r>
       <w:r w:rsidR="006140CC" w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD603B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="0079003A" w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>. 202</w:t>
+        <w:t>.202</w:t>
       </w:r>
-      <w:r w:rsidR="006140CC" w:rsidRPr="005D039B">
+      <w:r w:rsidR="00CD603B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> zur Erlangung/Erhalt der </w:t>
       </w:r>
       <w:r w:rsidR="00D11128" w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Tätigkeitsgruppe</w:t>
       </w:r>
       <w:r w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> II und seit 01.</w:t>
       </w:r>
       <w:r w:rsidR="0079003A" w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">04. 2014 </w:t>
+        <w:t xml:space="preserve">04.2014 </w:t>
       </w:r>
       <w:r w:rsidRPr="005D039B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>der Tätigkeitsgruppe III.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="15021" w:type="dxa"/>
+        <w:tblW w:w="15304" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3740"/>
-        <w:gridCol w:w="3927"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3626"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="1984"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C181D" w:rsidRPr="005D039B" w14:paraId="1D63B900" w14:textId="77777777" w:rsidTr="00977549">
+      <w:tr w:rsidR="003C181D" w:rsidRPr="005D039B" w14:paraId="1D63B900" w14:textId="77777777" w:rsidTr="007B3023">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3740" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A3217B0" w14:textId="08C73E1D" w:rsidR="003C181D" w:rsidRPr="005D039B" w:rsidRDefault="00593B03" w:rsidP="00977549">
             <w:pPr>
               <w:pStyle w:val="berschrift5"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E1DB4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Veranstalter</w:t>
             </w:r>
@@ -921,54 +906,54 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> oder der </w:t>
             </w:r>
             <w:r w:rsidRPr="001E1DB4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Steuer ID</w:t>
             </w:r>
             <w:r w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (bei Anträgen aus dem EU-Ausland)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3927" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC37070" w14:textId="2F4F5414" w:rsidR="003C181D" w:rsidRPr="005D039B" w:rsidRDefault="003C181D" w:rsidP="00977549">
+          <w:p w14:paraId="3EC37070" w14:textId="62E7E24F" w:rsidR="003C181D" w:rsidRPr="005D039B" w:rsidRDefault="003C181D" w:rsidP="00977549">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0D0D0D"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E1DB4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t>Titel</w:t>
             </w:r>
             <w:r w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -1052,50 +1037,57 @@
               <w:t xml:space="preserve">Titel bzw. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00C94F15" w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Kurz</w:t>
             </w:r>
             <w:r w:rsidR="003E7837" w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>vita</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00C94F15" w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> bei Nicht-Tierärzten</w:t>
             </w:r>
+            <w:r w:rsidR="007B3023">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/TFA</w:t>
+            </w:r>
             <w:r w:rsidR="003E7837" w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> und</w:t>
             </w:r>
             <w:r w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001E1DB4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1166,273 +1158,308 @@
               </w:rPr>
               <w:t>inuten</w:t>
             </w:r>
             <w:r w:rsidR="00935277" w:rsidRPr="00C8524F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000E321D" w:rsidRPr="00C8524F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>jedes einzelnen Vortrags</w:t>
             </w:r>
             <w:r w:rsidR="00242D4B" w:rsidRPr="00C8524F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> sowie am Ende der Gesamtminutenzahl</w:t>
+              <w:t xml:space="preserve"> sowie am Ende der </w:t>
+            </w:r>
+            <w:r w:rsidR="00242D4B" w:rsidRPr="008E23F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>Gesamtminutenzahl</w:t>
             </w:r>
             <w:r w:rsidR="005021E9" w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ABD46B0" w14:textId="6BD80477" w:rsidR="003C181D" w:rsidRPr="005D039B" w:rsidRDefault="00C94F15" w:rsidP="00977549">
+          <w:p w14:paraId="6ABD46B0" w14:textId="23315AA3" w:rsidR="003C181D" w:rsidRPr="005D039B" w:rsidRDefault="00856727" w:rsidP="00977549">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0D0D0D"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D039B">
-[...6 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_Hlk216770631"/>
             <w:r w:rsidRPr="001E1DB4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
-              <w:t>Veranstaltungsdatum</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001E1DB4" w:rsidRPr="001E1DB4">
+              <w:t>Veranstaltungs</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> bzw. Dauer</w:t>
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:t>art,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> j</w:t>
+            </w:r>
+            <w:r w:rsidR="00C94F15" w:rsidRPr="005D039B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
                 <w:color w:val="0D0D0D"/>
               </w:rPr>
-              <w:t>(Anfangs- und ggf. Enddatum)</w:t>
-[...8 lines deleted...]
-            <w:r w:rsidR="003C181D" w:rsidRPr="001E1DB4">
+              <w:t xml:space="preserve">eweiliges </w:t>
+            </w:r>
+            <w:r w:rsidR="00C94F15" w:rsidRPr="001E1DB4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
-              <w:t>Ort(e)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001E1DB4">
+              <w:t>Veranstaltungsdatum</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1DB4" w:rsidRPr="001E1DB4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
+              <w:t xml:space="preserve"> bzw. Dauer</w:t>
+            </w:r>
+            <w:r w:rsidR="00C8524F" w:rsidRPr="001E1DB4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005D039B">
+            <w:r w:rsidR="00C8524F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
+              <w:t>(Anfangs- und ggf. Enddatum)</w:t>
+            </w:r>
+            <w:r w:rsidR="003C181D" w:rsidRPr="00572F10">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="003C181D" w:rsidRPr="001E1DB4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>Ort(e)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C94F15" w:rsidRPr="001E1DB4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C94F15" w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="0D0D0D"/>
               </w:rPr>
               <w:t>bzw.</w:t>
             </w:r>
-            <w:r w:rsidRPr="005D039B">
+            <w:r w:rsidR="00C94F15" w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0D0D0D"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001E1DB4">
+            <w:r w:rsidR="00C94F15" w:rsidRPr="001E1DB4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t>URL</w:t>
             </w:r>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10ABA926" w14:textId="39E67D93" w:rsidR="003C181D" w:rsidRPr="005D039B" w:rsidRDefault="003C181D" w:rsidP="00977549">
+          <w:p w14:paraId="10ABA926" w14:textId="6123E855" w:rsidR="003C181D" w:rsidRPr="005D039B" w:rsidRDefault="003C181D" w:rsidP="00977549">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>wird von AG -TFA ausgefüllt:</w:t>
+              <w:t>wird von AG TFA ausgefüllt:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2484D047" w14:textId="77777777" w:rsidR="003C181D" w:rsidRPr="005D039B" w:rsidRDefault="003C181D" w:rsidP="00977549">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vorschlag anerkannte Fortbildungszeit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55279EA8" w14:textId="73CD3D3F" w:rsidR="003C181D" w:rsidRPr="005D039B" w:rsidRDefault="003C181D" w:rsidP="00977549">
+          <w:p w14:paraId="55279EA8" w14:textId="3994E35D" w:rsidR="003C181D" w:rsidRPr="005D039B" w:rsidRDefault="003C181D" w:rsidP="00977549">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>wird vo</w:t>
             </w:r>
             <w:r w:rsidR="00875CD5" w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">n </w:t>
             </w:r>
             <w:r w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>AG -TFA ausgefüllt:</w:t>
+              <w:t>AG TFA ausgefüllt:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BFE7F3A" w14:textId="77777777" w:rsidR="003C181D" w:rsidRPr="005D039B" w:rsidRDefault="003C181D" w:rsidP="00977549">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Kosten</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C181D" w:rsidRPr="005D039B" w14:paraId="371E184A" w14:textId="77777777" w:rsidTr="00977549">
+      <w:tr w:rsidR="003C181D" w:rsidRPr="005D039B" w14:paraId="371E184A" w14:textId="77777777" w:rsidTr="007B3023">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0F0C3582" w14:textId="1BDB44E4" w:rsidR="003C181D" w:rsidRDefault="003C181D" w:rsidP="003A46EF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="171717"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0D112620" w14:textId="77777777" w:rsidR="00883FD4" w:rsidRDefault="00883FD4" w:rsidP="003A46EF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
@@ -1630,76 +1657,120 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="31821E55" w14:textId="21FED8FA" w:rsidR="00875CD5" w:rsidRPr="005D039B" w:rsidRDefault="00875CD5" w:rsidP="003A46EF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="171717"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="48D6B747" w14:textId="7041EB11" w:rsidR="00107A21" w:rsidRPr="005D039B" w:rsidRDefault="00107A21" w:rsidP="003A46EF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="171717"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2BE3E7EF" w14:textId="61457FEF" w:rsidR="00107A21" w:rsidRPr="005D039B" w:rsidRDefault="00107A21" w:rsidP="003A46EF">
+          <w:p w14:paraId="2BE3E7EF" w14:textId="61457FEF" w:rsidR="00107A21" w:rsidRDefault="00107A21" w:rsidP="003A46EF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="171717"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1B96DBBD" w14:textId="77777777" w:rsidR="003C181D" w:rsidRPr="005D039B" w:rsidRDefault="003C181D" w:rsidP="003A46EF">
+          <w:p w14:paraId="35B65845" w14:textId="77777777" w:rsidR="007B3023" w:rsidRDefault="007B3023" w:rsidP="003A46EF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="171717"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54BFD665" w14:textId="77777777" w:rsidR="007B3023" w:rsidRDefault="007B3023" w:rsidP="003A46EF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="171717"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72FD11CE" w14:textId="77777777" w:rsidR="007B3023" w:rsidRDefault="007B3023" w:rsidP="003A46EF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="171717"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0437353B" w14:textId="77777777" w:rsidR="003C181D" w:rsidRDefault="003C181D" w:rsidP="003A46EF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="171717"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B96DBBD" w14:textId="77777777" w:rsidR="00D32586" w:rsidRPr="005D039B" w:rsidRDefault="00D32586" w:rsidP="003A46EF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="171717"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3927" w:type="dxa"/>
+            <w:tcW w:w="3626" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0578973D" w14:textId="77777777" w:rsidR="003C181D" w:rsidRPr="005D039B" w:rsidRDefault="003C181D" w:rsidP="003A46EF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="171717"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="715032B6" w14:textId="535753FF" w:rsidR="00FA39BB" w:rsidRPr="005D039B" w:rsidRDefault="00D933D8" w:rsidP="00431FD9">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
@@ -1746,80 +1817,86 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">immer das </w:t>
             </w:r>
             <w:r w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>aktuelle</w:t>
             </w:r>
             <w:r w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Antragsformular verwenden</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E8ECC9C" w14:textId="32308C08" w:rsidR="00DB6E27" w:rsidRPr="005D039B" w:rsidRDefault="00DB6E27" w:rsidP="00431FD9">
+          <w:p w14:paraId="5E8ECC9C" w14:textId="64CF574B" w:rsidR="00DB6E27" w:rsidRPr="005D039B" w:rsidRDefault="008E23F0" w:rsidP="00431FD9">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="295" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diesen Antrag als </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DB6E27">
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB6E27">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iesen Antrag als </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB6E27" w:rsidRPr="00DB6E27">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>WORD-Datei</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00DB6E27">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> schicken (keine PDF)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E4EADC3" w14:textId="36891A83" w:rsidR="003C181D" w:rsidRPr="005D039B" w:rsidRDefault="00C94F15" w:rsidP="00431FD9">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="295" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D039B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
@@ -1923,451 +2000,617 @@
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="295" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9155B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Assistenzcharakter</w:t>
             </w:r>
             <w:r w:rsidRPr="00A9155B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> ist kenntlich zu machen</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E11CC5F" w14:textId="4B509076" w:rsidR="00883FD4" w:rsidRDefault="00883FD4" w:rsidP="00A9155B">
+          <w:p w14:paraId="0E11CC5F" w14:textId="3D2C478C" w:rsidR="00883FD4" w:rsidRDefault="008E23F0" w:rsidP="00A9155B">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="295" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00883FD4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Bei</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidR="00883FD4" w:rsidRPr="00883FD4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
+              <w:t>ei</w:t>
+            </w:r>
+            <w:r w:rsidR="00883FD4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:iCs/>
+              </w:rPr>
               <w:t xml:space="preserve"> Online-Veranstaltungen alle </w:t>
             </w:r>
-            <w:r w:rsidRPr="00883FD4">
+            <w:r w:rsidR="00883FD4" w:rsidRPr="00883FD4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>MC-Fragen und PDFs</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00883FD4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> zusammen mit diesem Antrag schicken</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B613E79" w14:textId="66328CB6" w:rsidR="009F7BBD" w:rsidRPr="00883FD4" w:rsidRDefault="009F7BBD" w:rsidP="00A9155B">
+          <w:p w14:paraId="7B613E79" w14:textId="5FA5E041" w:rsidR="009F7BBD" w:rsidRPr="00883FD4" w:rsidRDefault="008E23F0" w:rsidP="00A9155B">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="295" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Ge</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C8524F">
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidR="009F7BBD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="009F7BBD" w:rsidRPr="00C8524F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:iCs/>
+              </w:rPr>
               <w:t xml:space="preserve">naue Anzahl </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C8524F">
+            <w:r w:rsidR="009F7BBD" w:rsidRPr="00C8524F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">der </w:t>
             </w:r>
-            <w:r w:rsidRPr="009F7BBD">
+            <w:r w:rsidR="009F7BBD" w:rsidRPr="009F7BBD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Vortragsminuten</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C8524F">
+            <w:r w:rsidR="009F7BBD" w:rsidRPr="00C8524F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> jedes einzelnen Vortrags sowie am Ende d</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="009F7BBD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C8524F">
+            <w:r w:rsidR="009F7BBD" w:rsidRPr="00C8524F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">e </w:t>
             </w:r>
-            <w:r w:rsidRPr="009F7BBD">
+            <w:r w:rsidR="009F7BBD" w:rsidRPr="009F7BBD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Gesamtminutenzahl</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="009F7BBD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> angeben</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E23F0">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink3"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>(ohne Begrüßung, Pausenzeiten, Wiederholungen und Lernerfolgskontrollen)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E23F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009F7BBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>angeben</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B3849B9" w14:textId="09710458" w:rsidR="00875CD5" w:rsidRDefault="00875CD5" w:rsidP="003A46EF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="71A9C951" w14:textId="77777777" w:rsidR="009F7BBD" w:rsidRPr="005D039B" w:rsidRDefault="009F7BBD" w:rsidP="003A46EF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="64649085" w14:textId="0109190F" w:rsidR="00107A21" w:rsidRPr="005D039B" w:rsidRDefault="00107A21" w:rsidP="003A46EF">
-[...9 lines deleted...]
-          </w:p>
           <w:p w14:paraId="123D430A" w14:textId="77777777" w:rsidR="003C181D" w:rsidRPr="005D039B" w:rsidRDefault="003C181D" w:rsidP="003A46EF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="171717"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="53419379" w14:textId="77777777" w:rsidR="003C181D" w:rsidRPr="005D039B" w:rsidRDefault="003C181D" w:rsidP="00BE7220">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="171717"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="41744C97" w14:textId="77777777" w:rsidR="00977549" w:rsidRDefault="00977549" w:rsidP="00977549">
+          <w:p w14:paraId="78AC400D" w14:textId="41078961" w:rsidR="00977549" w:rsidRDefault="00977549" w:rsidP="00856727">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:ind w:left="295" w:hanging="283"/>
+              <w:ind w:left="343" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk216776737"/>
+            <w:bookmarkStart w:id="2" w:name="_Hlk216770771"/>
             <w:r w:rsidRPr="00977549">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">bei </w:t>
+              <w:t xml:space="preserve">Angabe der </w:t>
             </w:r>
             <w:r w:rsidRPr="00977549">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Wiederholungs-anträgen</w:t>
+              <w:t>Veranstaltungsart</w:t>
             </w:r>
             <w:r w:rsidRPr="00977549">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> immer die alte Rechnungs-nummer angeben und die alte Anerkennung und den alten Antrag mitschicken</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> (Präsenz/</w:t>
+            </w:r>
+            <w:r w:rsidR="003C5641">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00977549">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Live-Webinar </w:t>
+            </w:r>
+            <w:r w:rsidR="00D06428">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ohne Aufzeichnung </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00977549">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">oder </w:t>
+            </w:r>
+            <w:r w:rsidR="00D06428">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Webinar </w:t>
+            </w:r>
+            <w:r w:rsidR="00856727">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>mit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00977549">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Aufzeichnung/</w:t>
+            </w:r>
+            <w:r w:rsidR="003C5641">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00977549">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Online-Veranstaltung)</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
-          <w:p w14:paraId="78AC400D" w14:textId="03223627" w:rsidR="00977549" w:rsidRPr="00977549" w:rsidRDefault="00977549" w:rsidP="00977549">
+          <w:p w14:paraId="6534B4F5" w14:textId="094259DD" w:rsidR="00856727" w:rsidRDefault="00D32586" w:rsidP="00856727">
+            <w:pPr>
+              <w:pStyle w:val="Text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:ind w:left="343" w:right="11" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink3"/>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidR="00856727">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink3"/>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ei Online-/ interaktiven Veranstaltungen Datum der Linkfreischaltung und/oder </w:t>
+            </w:r>
+            <w:r w:rsidR="00856727" w:rsidRPr="00D32586">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink3"/>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Dauer</w:t>
+            </w:r>
+            <w:r w:rsidR="00856727">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink3"/>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> des Fort- bzw. Weiterbildungsangebotes mit Angabe, bis wie lange die Anerkennung gelten soll (max. 1 Jahr)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AABAAE9" w14:textId="27045C61" w:rsidR="005D039B" w:rsidRDefault="00BE7220" w:rsidP="00856727">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:ind w:left="295" w:hanging="283"/>
+              <w:ind w:left="343" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00977549">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00977549">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">bei </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE7220">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Veranstaltungsart</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (Präsenz/Live-Webinar mit oder ohne Aufzeichnung/Online-Veranstaltung)</w:t>
+              <w:t>modularen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Veranstaltungen angeben, ob eine </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE7220">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Einzelanerkennung </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">oder </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE7220">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Gesamtanerkennung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aller Module gewünscht ist</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AABAAE9" w14:textId="27045C61" w:rsidR="005D039B" w:rsidRPr="00BE7220" w:rsidRDefault="00BE7220" w:rsidP="00BE7220">
+          <w:p w14:paraId="462A818B" w14:textId="77777777" w:rsidR="00856727" w:rsidRDefault="00856727" w:rsidP="00856727">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:ind w:left="295" w:hanging="283"/>
+              <w:ind w:left="343" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00977549">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">bei </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE7220">
+            <w:r w:rsidRPr="00977549">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>modularen</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> aller Module gewünscht ist</w:t>
+              <w:t>Wiederholungs-anträgen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00977549">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> immer die alte Rechnungs-nummer angeben und die alte Anerkennung und den alten Antrag mitschicken</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BB1F77E" w14:textId="5AD7DD0E" w:rsidR="003C181D" w:rsidRPr="005D039B" w:rsidRDefault="00BE7220" w:rsidP="00C82DB5">
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w14:paraId="381DAA9A" w14:textId="38C2C2E7" w:rsidR="00856727" w:rsidRPr="007B3023" w:rsidRDefault="00BE7220" w:rsidP="00856727">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:ind w:left="295" w:hanging="283"/>
+              <w:ind w:left="343" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="171717"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00977549">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>bitte</w:t>
             </w:r>
             <w:r w:rsidR="00A9155B" w:rsidRPr="00977549">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> hier</w:t>
             </w:r>
             <w:r w:rsidRPr="00977549">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> vermer</w:t>
             </w:r>
             <w:r w:rsidR="00A9155B" w:rsidRPr="00977549">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>ken, falls</w:t>
             </w:r>
             <w:r w:rsidRPr="00977549">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Zuerkennung der </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00977549">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Zusatzqualifikation</w:t>
-            </w:r>
+              <w:t>Zusatzquali</w:t>
+            </w:r>
+            <w:r w:rsidR="007B3023">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00977549">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>fikation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00A9155B" w:rsidRPr="00977549">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> beantragt wird</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="197F0050" w14:textId="77777777" w:rsidR="007B3023" w:rsidRDefault="007B3023" w:rsidP="007B3023">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="60"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="171717"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BB1F77E" w14:textId="03D3B928" w:rsidR="007B3023" w:rsidRPr="007B3023" w:rsidRDefault="007B3023" w:rsidP="007B3023">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="171717"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4811CF09" w14:textId="77777777" w:rsidR="003C181D" w:rsidRDefault="003C181D" w:rsidP="00A27C2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="382F8B1F" w14:textId="77777777" w:rsidR="00A27C2F" w:rsidRDefault="00A27C2F" w:rsidP="00A27C2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -2378,51 +2621,51 @@
           <w:p w14:paraId="71CF246E" w14:textId="77777777" w:rsidR="00A27C2F" w:rsidRDefault="00A27C2F" w:rsidP="00A27C2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25707CAF" w14:textId="25A06C61" w:rsidR="00A27C2F" w:rsidRPr="00A27C2F" w:rsidRDefault="00A27C2F" w:rsidP="00A27C2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="785D448A" w14:textId="77777777" w:rsidR="003C181D" w:rsidRDefault="003C181D" w:rsidP="00A27C2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0CFD4169" w14:textId="77777777" w:rsidR="00A27C2F" w:rsidRDefault="00A27C2F" w:rsidP="00A27C2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -2433,64 +2676,64 @@
           <w:p w14:paraId="59CA8A48" w14:textId="77777777" w:rsidR="00A27C2F" w:rsidRDefault="00A27C2F" w:rsidP="00A27C2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="676C0C3B" w14:textId="166A8BD3" w:rsidR="00A27C2F" w:rsidRPr="00A27C2F" w:rsidRDefault="00A27C2F" w:rsidP="00A27C2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="18969518" w14:textId="77777777" w:rsidR="007E4761" w:rsidRPr="005D039B" w:rsidRDefault="007E4761" w:rsidP="00C82DB5">
+    <w:p w14:paraId="18969518" w14:textId="77777777" w:rsidR="007E4761" w:rsidRPr="005D039B" w:rsidRDefault="007E4761" w:rsidP="007B3023">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="007E4761" w:rsidRPr="005D039B" w:rsidSect="00C82DB5">
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId13"/>
+    <w:sectPr w:rsidR="007E4761" w:rsidRPr="005D039B" w:rsidSect="00856727">
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="16840" w:h="11907" w:orient="landscape" w:code="9"/>
-      <w:pgMar w:top="1276" w:right="1134" w:bottom="567" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="1134" w:bottom="567" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
       <w:paperSrc w:first="7" w:other="7"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="254"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1B64C958" w14:textId="77777777" w:rsidR="00636543" w:rsidRDefault="00636543">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2EF4759C" w14:textId="77777777" w:rsidR="00636543" w:rsidRDefault="00636543">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -2518,101 +2761,101 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="64A6634C" w14:textId="77E14334" w:rsidR="007E4761" w:rsidRPr="00FA39BB" w:rsidRDefault="007E4761">
+  <w:p w14:paraId="64A6634C" w14:textId="12EB2BA5" w:rsidR="007E4761" w:rsidRPr="00FA39BB" w:rsidRDefault="007E4761">
     <w:pPr>
       <w:pStyle w:val="berschrift1"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4488"/>
         <w:tab w:val="left" w:pos="7854"/>
       </w:tabs>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Anträge zur Anerkennung </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Batang"/>
         <w:b w:val="0"/>
         <w:bCs/>
@@ -2774,81 +3017,97 @@
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Stand: </w:t>
     </w:r>
-    <w:r w:rsidR="00645939">
+    <w:r w:rsidR="00856727">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>28</w:t>
+      <w:t>01</w:t>
     </w:r>
     <w:r w:rsidR="008A60AE" w:rsidRPr="00FA39BB">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>.0</w:t>
+      <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00645939">
+    <w:r w:rsidR="00856727">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="008A60AE" w:rsidRPr="00FA39BB">
+    <w:r w:rsidR="00CD603B">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>.25</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="008A60AE" w:rsidRPr="00FA39BB">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>.2</w:t>
+    </w:r>
+    <w:r w:rsidR="00856727">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7A4EF519" w14:textId="77777777" w:rsidR="00636543" w:rsidRDefault="00636543">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="06E2CAD3" w14:textId="77777777" w:rsidR="00636543" w:rsidRDefault="00636543">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2863,51 +3122,51 @@
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7550"/>
       <w:gridCol w:w="7480"/>
     </w:tblGrid>
     <w:tr w:rsidR="007E4761" w14:paraId="7DC6136E" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7550" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="49E54CB8" w14:textId="77777777" w:rsidR="007E4761" w:rsidRDefault="00477D51">
           <w:pPr>
             <w:jc w:val="both"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4DDDBAFF" wp14:editId="4E5BA390">
                 <wp:extent cx="3248025" cy="847725"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="1507865877" name="Bild 1" descr="bpt_logo Kopie"/>
+                <wp:docPr id="676433068" name="Bild 1" descr="bpt_logo Kopie"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1" descr="bpt_logo Kopie"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
@@ -2927,51 +3186,51 @@
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7480" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="7CBD1B1D" w14:textId="77777777" w:rsidR="007E4761" w:rsidRDefault="00477D51">
           <w:pPr>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C9EA215" wp14:editId="5CBCC024">
                 <wp:extent cx="2628900" cy="1476375"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="538655332" name="Bild 2" descr="Logo_VMF_RGB6cm_200_jpg"/>
+                <wp:docPr id="1398063772" name="Bild 2" descr="Logo_VMF_RGB6cm_200_jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 2" descr="Logo_VMF_RGB6cm_200_jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId2">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
@@ -8604,50 +8863,397 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="776A6F31"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F384AF12"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="0D0D0D"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="999" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="0D0D0D"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1719" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="0D0D0D"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2439" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="0D0D0D"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3159" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="0D0D0D"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3879" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="0D0D0D"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4599" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="0D0D0D"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5319" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="0D0D0D"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6039" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="0D0D0D"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="785C2AB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D78A912"/>
     <w:lvl w:ilvl="0" w:tplc="7370FB18">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8804,51 +9410,51 @@
   <w:num w:numId="13" w16cid:durableId="492650557">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="904292830">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1048184547">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2003313384">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="237903831">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1710912943">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1826630529">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2098555958">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="170147282">
-    <w:abstractNumId w:val="43"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="2072076857">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="861357761">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1854757203">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1255895882">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1642685367">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="727190254">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="990330190">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="897279392">
     <w:abstractNumId w:val="18"/>
   </w:num>
@@ -8875,68 +9481,71 @@
   </w:num>
   <w:num w:numId="37" w16cid:durableId="490101849">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="776098614">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1153258667">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1724138630">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="190073942">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="554321817">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1414737642">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="512688966">
     <w:abstractNumId w:val="16"/>
   </w:num>
+  <w:num w:numId="45" w16cid:durableId="1768769325">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="122"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:consecutiveHyphenLimit w:val="2"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="187"/>
   <w:drawingGridVerticalSpacing w:val="127"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="28673"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00040778"/>
     <w:rsid w:val="00002D32"/>
     <w:rsid w:val="00035036"/>
     <w:rsid w:val="00037049"/>
     <w:rsid w:val="00040778"/>
     <w:rsid w:val="00045530"/>
     <w:rsid w:val="00056C81"/>
@@ -8968,237 +9577,255 @@
     <w:rsid w:val="001F783D"/>
     <w:rsid w:val="00216E70"/>
     <w:rsid w:val="00231512"/>
     <w:rsid w:val="00231EBE"/>
     <w:rsid w:val="00237110"/>
     <w:rsid w:val="00242D4B"/>
     <w:rsid w:val="00271612"/>
     <w:rsid w:val="00285B2C"/>
     <w:rsid w:val="00294375"/>
     <w:rsid w:val="002A0891"/>
     <w:rsid w:val="002A3769"/>
     <w:rsid w:val="002D2E58"/>
     <w:rsid w:val="002E19D5"/>
     <w:rsid w:val="002E5D35"/>
     <w:rsid w:val="003116C1"/>
     <w:rsid w:val="003145CE"/>
     <w:rsid w:val="00331F43"/>
     <w:rsid w:val="003640C5"/>
     <w:rsid w:val="003806EE"/>
     <w:rsid w:val="003924A4"/>
     <w:rsid w:val="0039351C"/>
     <w:rsid w:val="003A46EF"/>
     <w:rsid w:val="003B4571"/>
     <w:rsid w:val="003B6E42"/>
     <w:rsid w:val="003C181D"/>
+    <w:rsid w:val="003C5641"/>
     <w:rsid w:val="003E7837"/>
     <w:rsid w:val="003F6A1B"/>
     <w:rsid w:val="00431FD9"/>
+    <w:rsid w:val="00432D4A"/>
     <w:rsid w:val="0043641A"/>
     <w:rsid w:val="004604C1"/>
     <w:rsid w:val="00471A75"/>
     <w:rsid w:val="00477D51"/>
     <w:rsid w:val="00483FA3"/>
     <w:rsid w:val="00495611"/>
     <w:rsid w:val="00495E89"/>
     <w:rsid w:val="004D3EAD"/>
     <w:rsid w:val="005021E9"/>
     <w:rsid w:val="0050299A"/>
     <w:rsid w:val="00505A3B"/>
     <w:rsid w:val="0051513C"/>
+    <w:rsid w:val="0051758B"/>
     <w:rsid w:val="00544267"/>
     <w:rsid w:val="005579CD"/>
     <w:rsid w:val="00572F10"/>
     <w:rsid w:val="00584967"/>
     <w:rsid w:val="00593B03"/>
     <w:rsid w:val="005C0980"/>
     <w:rsid w:val="005D039B"/>
     <w:rsid w:val="005E0C87"/>
     <w:rsid w:val="005F4C89"/>
     <w:rsid w:val="00600784"/>
     <w:rsid w:val="00600C9F"/>
     <w:rsid w:val="00606A94"/>
     <w:rsid w:val="00607766"/>
     <w:rsid w:val="006140CC"/>
     <w:rsid w:val="006300DB"/>
     <w:rsid w:val="00635DFB"/>
     <w:rsid w:val="00636543"/>
     <w:rsid w:val="00645939"/>
     <w:rsid w:val="006524FF"/>
     <w:rsid w:val="006638EB"/>
     <w:rsid w:val="006A119D"/>
     <w:rsid w:val="006B05AB"/>
     <w:rsid w:val="006C3A90"/>
     <w:rsid w:val="006C4FB0"/>
     <w:rsid w:val="006E2F81"/>
+    <w:rsid w:val="006E4FF7"/>
     <w:rsid w:val="006F2C44"/>
     <w:rsid w:val="006F60FE"/>
     <w:rsid w:val="006F7967"/>
     <w:rsid w:val="00704F8F"/>
     <w:rsid w:val="007157FE"/>
     <w:rsid w:val="00716C07"/>
     <w:rsid w:val="00721830"/>
     <w:rsid w:val="00731844"/>
     <w:rsid w:val="007412A1"/>
     <w:rsid w:val="00742A27"/>
     <w:rsid w:val="00750772"/>
     <w:rsid w:val="0079003A"/>
     <w:rsid w:val="00794201"/>
+    <w:rsid w:val="007B3023"/>
     <w:rsid w:val="007C2ED3"/>
+    <w:rsid w:val="007C60B3"/>
     <w:rsid w:val="007C62B6"/>
     <w:rsid w:val="007C64A0"/>
     <w:rsid w:val="007E4761"/>
     <w:rsid w:val="007F0BDA"/>
     <w:rsid w:val="00802962"/>
+    <w:rsid w:val="00802B1C"/>
     <w:rsid w:val="008155AC"/>
     <w:rsid w:val="0082137C"/>
     <w:rsid w:val="008322BF"/>
     <w:rsid w:val="008560EB"/>
+    <w:rsid w:val="00856727"/>
     <w:rsid w:val="008602E6"/>
     <w:rsid w:val="00873D65"/>
     <w:rsid w:val="00875CD5"/>
     <w:rsid w:val="00883FD4"/>
     <w:rsid w:val="0089284A"/>
     <w:rsid w:val="00895759"/>
     <w:rsid w:val="008A60AE"/>
     <w:rsid w:val="008C08D0"/>
     <w:rsid w:val="008D75CA"/>
+    <w:rsid w:val="008E23F0"/>
     <w:rsid w:val="008E26DA"/>
     <w:rsid w:val="008E6A97"/>
     <w:rsid w:val="008F26DA"/>
     <w:rsid w:val="00912945"/>
     <w:rsid w:val="00927AFA"/>
     <w:rsid w:val="0093382D"/>
     <w:rsid w:val="00935277"/>
     <w:rsid w:val="009421F8"/>
     <w:rsid w:val="00943264"/>
     <w:rsid w:val="00947502"/>
     <w:rsid w:val="00953624"/>
     <w:rsid w:val="00971B5D"/>
     <w:rsid w:val="00977549"/>
     <w:rsid w:val="0098146E"/>
     <w:rsid w:val="0098289C"/>
+    <w:rsid w:val="009F76E6"/>
     <w:rsid w:val="009F7BBD"/>
     <w:rsid w:val="00A11838"/>
     <w:rsid w:val="00A254D5"/>
     <w:rsid w:val="00A27C2F"/>
     <w:rsid w:val="00A32721"/>
     <w:rsid w:val="00A364AF"/>
     <w:rsid w:val="00A63AAF"/>
     <w:rsid w:val="00A765CD"/>
     <w:rsid w:val="00A830A5"/>
     <w:rsid w:val="00A85A25"/>
     <w:rsid w:val="00A866CB"/>
     <w:rsid w:val="00A9155B"/>
     <w:rsid w:val="00A965D5"/>
     <w:rsid w:val="00AA13CE"/>
     <w:rsid w:val="00AA2F64"/>
     <w:rsid w:val="00AB1657"/>
     <w:rsid w:val="00AB6C3C"/>
     <w:rsid w:val="00AD1F84"/>
     <w:rsid w:val="00AD6E1C"/>
     <w:rsid w:val="00B1015E"/>
     <w:rsid w:val="00B1677E"/>
     <w:rsid w:val="00B175C5"/>
     <w:rsid w:val="00B37A3F"/>
     <w:rsid w:val="00B42E4A"/>
     <w:rsid w:val="00B74738"/>
     <w:rsid w:val="00B83E23"/>
     <w:rsid w:val="00B91A9E"/>
     <w:rsid w:val="00BA18D9"/>
     <w:rsid w:val="00BA1CCA"/>
     <w:rsid w:val="00BB0353"/>
     <w:rsid w:val="00BE7220"/>
     <w:rsid w:val="00BF62DE"/>
     <w:rsid w:val="00C01CFD"/>
     <w:rsid w:val="00C30B6F"/>
     <w:rsid w:val="00C37463"/>
     <w:rsid w:val="00C50154"/>
+    <w:rsid w:val="00C5573A"/>
+    <w:rsid w:val="00C63E83"/>
     <w:rsid w:val="00C66542"/>
     <w:rsid w:val="00C82DB5"/>
     <w:rsid w:val="00C8524F"/>
     <w:rsid w:val="00C93430"/>
     <w:rsid w:val="00C94F15"/>
     <w:rsid w:val="00CA39A4"/>
     <w:rsid w:val="00CB3BF5"/>
+    <w:rsid w:val="00CD603B"/>
     <w:rsid w:val="00CD7E72"/>
     <w:rsid w:val="00CE191B"/>
     <w:rsid w:val="00CF05E2"/>
+    <w:rsid w:val="00D06428"/>
     <w:rsid w:val="00D0793E"/>
     <w:rsid w:val="00D11128"/>
     <w:rsid w:val="00D14A72"/>
     <w:rsid w:val="00D20EC9"/>
     <w:rsid w:val="00D30857"/>
+    <w:rsid w:val="00D32586"/>
     <w:rsid w:val="00D614DC"/>
     <w:rsid w:val="00D6293F"/>
     <w:rsid w:val="00D71E0A"/>
     <w:rsid w:val="00D82F67"/>
     <w:rsid w:val="00D933D8"/>
     <w:rsid w:val="00DA0853"/>
     <w:rsid w:val="00DB2C50"/>
     <w:rsid w:val="00DB6E27"/>
     <w:rsid w:val="00DB70C7"/>
     <w:rsid w:val="00DD1056"/>
     <w:rsid w:val="00DD22A4"/>
     <w:rsid w:val="00DF3E6D"/>
     <w:rsid w:val="00E4644A"/>
     <w:rsid w:val="00E500A4"/>
     <w:rsid w:val="00E56E8B"/>
     <w:rsid w:val="00E651EB"/>
     <w:rsid w:val="00E65B86"/>
+    <w:rsid w:val="00EB1A8D"/>
     <w:rsid w:val="00EC78A0"/>
     <w:rsid w:val="00F06AFE"/>
     <w:rsid w:val="00F06E01"/>
     <w:rsid w:val="00F2459E"/>
     <w:rsid w:val="00F24ABF"/>
     <w:rsid w:val="00F36FFE"/>
     <w:rsid w:val="00F4599E"/>
     <w:rsid w:val="00F76998"/>
     <w:rsid w:val="00F76DEF"/>
     <w:rsid w:val="00FA39BB"/>
+    <w:rsid w:val="00FA41A7"/>
     <w:rsid w:val="00FA7F76"/>
     <w:rsid w:val="00FD5BE9"/>
     <w:rsid w:val="00FE24E0"/>
+    <w:rsid w:val="00FE3EC0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="28673"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1239150D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{24BF5A78-1C47-4FF1-BBC5-6D22B338EEA8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -9640,51 +10267,50 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="120" w:after="120"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kopfzeile">
     <w:name w:val="header"/>
@@ -9850,90 +10476,119 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
     <w:name w:val="Kopfzeile Zchn"/>
     <w:link w:val="Kopfzeile"/>
     <w:semiHidden/>
     <w:rsid w:val="00FD5BE9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D039B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Hyperlink3">
+    <w:name w:val="Hyperlink.3"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:qFormat/>
+    <w:rsid w:val="008E23F0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text">
+    <w:name w:val="Text"/>
+    <w:qFormat/>
+    <w:rsid w:val="00856727"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="5" w:line="252" w:lineRule="auto"/>
+      <w:ind w:left="147" w:hanging="10"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Arial Unicode MS" w:hAnsi="Calibri" w:cs="Arial Unicode MS"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:color="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+        <w14:noFill/>
+        <w14:prstDash w14:val="solid"/>
+        <w14:bevel/>
+      </w14:textOutline>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="741296338">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1499688360">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melanie.schwarze@googlemail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ag-tfa@tieraerzteverband.de" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vmf-online.de" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tieraerzteverband.de" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agtfa-m.schwarze@tieraerzteverband.de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ag-tfa@tieraerzteverband.de" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vmf-online.de" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agtfa-k.threm@tieraerzteverband.de" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tieraerzteverband.de" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -10177,76 +10832,76 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{329E7BCC-CF6A-4D32-8602-DB1DEEBA71FD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2849</Characters>
+  <Pages>3</Pages>
+  <Words>501</Words>
+  <Characters>3157</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>142</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Anträge aktuell 6-09</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3189</CharactersWithSpaces>
+  <CharactersWithSpaces>3651</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>589865</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:sindern@freenet.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1704009</vt:i4>
       </vt:variant>
       <vt:variant>